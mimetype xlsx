--- v0 (2025-10-29)
+++ v1 (2026-03-27)
@@ -15,51 +15,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="599" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Auditor" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Auditor'!$A$5:$AS$436</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="834">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="850">
   <si>
     <t>Информация об аудиторах в реестре Палаты</t>
   </si>
   <si>
     <t>БИ</t>
   </si>
   <si>
     <t>СЕРТИФИКАТ</t>
   </si>
   <si>
     <t>EA</t>
   </si>
   <si>
     <t>ДМ</t>
   </si>
   <si>
     <t>OC</t>
   </si>
   <si>
     <t>N</t>
   </si>
   <si>
     <t>Дата регистрации в реестре</t>
   </si>
   <si>
@@ -1612,51 +1612,51 @@
   <si>
     <t>29-А</t>
   </si>
   <si>
     <t>2 20 0418</t>
   </si>
   <si>
     <t>Абовян Анна Мартуновна</t>
   </si>
   <si>
     <t>19.10.2010</t>
   </si>
   <si>
     <t>Общество с ограниченной ответственностью "ЛОГИКОН ДИВЕЛОПМЕНТ"</t>
   </si>
   <si>
     <t>г. Ереван, ул. Прошян, д. 2/1, оф. 18</t>
   </si>
   <si>
     <t>00085728</t>
   </si>
   <si>
     <t>2 20 0417</t>
   </si>
   <si>
-    <t>Газарян Сильва Степановна</t>
+    <t>Казарян Сильва Степановна</t>
   </si>
   <si>
     <t>2 20 0416</t>
   </si>
   <si>
     <t>Усов Антон Иванович</t>
   </si>
   <si>
     <t>06.09.2018</t>
   </si>
   <si>
     <t>Акционерное общество "Кей-Пи-Эм-Джи"</t>
   </si>
   <si>
     <t>г. Москва, Олимпийский, ул. 16</t>
   </si>
   <si>
     <t>Аудиторская палата России (АПР)</t>
   </si>
   <si>
     <t>01-000178</t>
   </si>
   <si>
     <t>2 20 0413</t>
   </si>
@@ -1972,58 +1972,79 @@
   <si>
     <t>10.02.2017</t>
   </si>
   <si>
     <t>29.01.2021</t>
   </si>
   <si>
     <t>2 21 0468</t>
   </si>
   <si>
     <t>Овсепян Меружан Самвелович</t>
   </si>
   <si>
     <t>26.01.2021</t>
   </si>
   <si>
     <t>Закрытое акционерное общество "КОКА-КОЛА Хелленик Ботлинг Компани Армения"</t>
   </si>
   <si>
     <t>г. Ереван, Тбилисское шоссе, д. 8/3</t>
   </si>
   <si>
     <t>00807297</t>
   </si>
   <si>
-    <t>2 20 0435</t>
-[...2 lines deleted...]
-    <t>Айдинян Армине Эдуардовна</t>
+    <t>2 20 0420</t>
+  </si>
+  <si>
+    <t>Осканян Арпи Арменовна</t>
   </si>
   <si>
     <t xml:space="preserve">17-А
 </t>
+  </si>
+  <si>
+    <t>А 0140</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью "НАИРИ ИНШУРАНС"</t>
+  </si>
+  <si>
+    <t>г. Ереван, просп. Аветисяна, д. 116/1</t>
+  </si>
+  <si>
+    <t>00031904</t>
+  </si>
+  <si>
+    <t>26.03.2026</t>
+  </si>
+  <si>
+    <t>2 20 0435</t>
+  </si>
+  <si>
+    <t>Айдинян Армине Эдуардовна</t>
   </si>
   <si>
     <t>А 0139</t>
   </si>
   <si>
     <t>"ВСЕМИРНЫЙ БАНК" (WB), ЕРЕВАНСКИЙ ОФИС</t>
   </si>
   <si>
     <t>г. Ереван, ул. Лусаворича, д. 9</t>
   </si>
   <si>
     <t>2 20 0395</t>
   </si>
   <si>
     <t>Геворгян Артур Сергейевич</t>
   </si>
   <si>
     <t>А 0122</t>
   </si>
   <si>
     <t>Общество с ограниченной ответственностью "ЭЛЕКТРОСЕВКАВМОНТАЖ - Предприятие по монтажу и наладке электротехнического оборудования"</t>
   </si>
   <si>
     <t>г. Ереван, ул. Арцах, д. 23/2</t>
   </si>
@@ -2555,50 +2576,77 @@
     <t>94-А</t>
   </si>
   <si>
     <t>19.04.2023</t>
   </si>
   <si>
     <t>2 23 0794</t>
   </si>
   <si>
     <t>Аветисян Астхик Арамовна</t>
   </si>
   <si>
     <t>36-А</t>
   </si>
   <si>
     <t>Общество с ограниченной ответственностью "Джи-Пи Менеджмент Эдвайзори"</t>
   </si>
   <si>
     <t>г. Ереван, пер. Мара, д. 8, 8-й этаж, оф. 6</t>
   </si>
   <si>
     <t>00920599</t>
   </si>
   <si>
     <t>03.08.2023</t>
+  </si>
+  <si>
+    <t>03.07.2023</t>
+  </si>
+  <si>
+    <t>2 23 0811</t>
+  </si>
+  <si>
+    <t>Вардересян Армен Айкович</t>
+  </si>
+  <si>
+    <t>56-А</t>
+  </si>
+  <si>
+    <t>30.06.2023</t>
+  </si>
+  <si>
+    <t>А 0226</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью "Квартал Групп"</t>
+  </si>
+  <si>
+    <t>г. Ереван, ул. В. Саргсяна, д. 26/1</t>
+  </si>
+  <si>
+    <t>02867533</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd\.mm\.yyyy;@"/>
   </numFmts>
   <fonts count="11">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -11470,1949 +11518,2091 @@
       <c r="D111" s="40" t="s">
         <v>643</v>
       </c>
       <c r="E111" s="40" t="s">
         <v>644</v>
       </c>
       <c r="F111" s="40" t="s">
         <v>645</v>
       </c>
       <c r="G111" s="40" t="s">
         <v>401</v>
       </c>
       <c r="H111" s="40" t="s">
         <v>401</v>
       </c>
       <c r="I111" s="40" t="s">
         <v>646</v>
       </c>
       <c r="J111" s="40" t="s">
         <v>401</v>
       </c>
       <c r="K111" s="40" t="s">
         <v>51</v>
       </c>
       <c r="L111" s="40" t="s">
-        <v>159</v>
+        <v>52</v>
       </c>
       <c r="M111" s="40"/>
       <c r="N111" s="40"/>
       <c r="O111" s="40" t="s">
         <v>647</v>
       </c>
       <c r="P111" s="40" t="s">
         <v>648</v>
       </c>
-      <c r="Q111" s="40"/>
+      <c r="Q111" s="40" t="s">
+        <v>649</v>
+      </c>
       <c r="R111" s="40"/>
       <c r="S111" s="40"/>
       <c r="T111" s="40"/>
       <c r="U111" s="40"/>
       <c r="V111" s="40"/>
       <c r="W111" s="40"/>
       <c r="X111" s="40"/>
       <c r="Y111" s="40"/>
       <c r="Z111" s="40"/>
       <c r="AA111" s="40"/>
       <c r="AB111" s="40"/>
       <c r="AC111" s="40" t="s">
-        <v>162</v>
+        <v>83</v>
       </c>
       <c r="AD111" s="40" t="s">
-        <v>163</v>
+        <v>650</v>
       </c>
       <c r="AE111" s="40" t="s">
-        <v>164</v>
+        <v>312</v>
       </c>
       <c r="AF111" s="40"/>
       <c r="AG111" s="40"/>
       <c r="AH111" s="40"/>
       <c r="AI111" s="40"/>
       <c r="AJ111" s="40"/>
     </row>
     <row r="112" spans="1:46">
       <c r="A112" s="40"/>
       <c r="B112" s="40">
         <v>107</v>
       </c>
       <c r="C112" s="40" t="s">
         <v>458</v>
       </c>
       <c r="D112" s="40" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="E112" s="40" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="F112" s="40" t="s">
         <v>645</v>
       </c>
       <c r="G112" s="40" t="s">
         <v>401</v>
       </c>
       <c r="H112" s="40" t="s">
         <v>401</v>
       </c>
       <c r="I112" s="40" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="J112" s="40" t="s">
         <v>401</v>
       </c>
       <c r="K112" s="40" t="s">
         <v>51</v>
       </c>
       <c r="L112" s="40" t="s">
         <v>159</v>
       </c>
       <c r="M112" s="40"/>
       <c r="N112" s="40"/>
       <c r="O112" s="40" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="P112" s="40" t="s">
-        <v>653</v>
-[...3 lines deleted...]
-      </c>
+        <v>655</v>
+      </c>
+      <c r="Q112" s="40"/>
       <c r="R112" s="40"/>
       <c r="S112" s="40"/>
       <c r="T112" s="40"/>
       <c r="U112" s="40"/>
       <c r="V112" s="40"/>
       <c r="W112" s="40"/>
       <c r="X112" s="40"/>
       <c r="Y112" s="40"/>
       <c r="Z112" s="40"/>
       <c r="AA112" s="40"/>
       <c r="AB112" s="40"/>
       <c r="AC112" s="40" t="s">
         <v>162</v>
       </c>
       <c r="AD112" s="40" t="s">
         <v>163</v>
       </c>
       <c r="AE112" s="40" t="s">
         <v>164</v>
       </c>
       <c r="AF112" s="40"/>
       <c r="AG112" s="40"/>
       <c r="AH112" s="40"/>
       <c r="AI112" s="40"/>
       <c r="AJ112" s="40"/>
     </row>
     <row r="113" spans="1:46">
-      <c r="A113" s="40">
-[...1 lines deleted...]
-      </c>
+      <c r="A113" s="40"/>
       <c r="B113" s="40">
         <v>108</v>
       </c>
       <c r="C113" s="40" t="s">
-        <v>655</v>
+        <v>458</v>
       </c>
       <c r="D113" s="40" t="s">
         <v>656</v>
       </c>
       <c r="E113" s="40" t="s">
         <v>657</v>
       </c>
       <c r="F113" s="40" t="s">
-        <v>236</v>
+        <v>645</v>
       </c>
       <c r="G113" s="40" t="s">
+        <v>401</v>
+      </c>
+      <c r="H113" s="40" t="s">
+        <v>401</v>
+      </c>
+      <c r="I113" s="40" t="s">
         <v>658</v>
       </c>
-      <c r="H113" s="40" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J113" s="40" t="s">
-        <v>444</v>
+        <v>401</v>
       </c>
       <c r="K113" s="40" t="s">
-        <v>65</v>
+        <v>51</v>
       </c>
       <c r="L113" s="40" t="s">
-        <v>66</v>
+        <v>159</v>
       </c>
       <c r="M113" s="40"/>
       <c r="N113" s="40"/>
-      <c r="O113" s="40"/>
-[...1 lines deleted...]
-      <c r="Q113" s="40"/>
+      <c r="O113" s="40" t="s">
+        <v>659</v>
+      </c>
+      <c r="P113" s="40" t="s">
+        <v>660</v>
+      </c>
+      <c r="Q113" s="40" t="s">
+        <v>661</v>
+      </c>
       <c r="R113" s="40"/>
       <c r="S113" s="40"/>
       <c r="T113" s="40"/>
       <c r="U113" s="40"/>
       <c r="V113" s="40"/>
       <c r="W113" s="40"/>
       <c r="X113" s="40"/>
       <c r="Y113" s="40"/>
       <c r="Z113" s="40"/>
       <c r="AA113" s="40"/>
       <c r="AB113" s="40"/>
       <c r="AC113" s="40" t="s">
-        <v>48</v>
+        <v>162</v>
       </c>
       <c r="AD113" s="40" t="s">
-        <v>67</v>
+        <v>163</v>
       </c>
       <c r="AE113" s="40" t="s">
-        <v>76</v>
+        <v>164</v>
       </c>
       <c r="AF113" s="40"/>
       <c r="AG113" s="40"/>
       <c r="AH113" s="40"/>
       <c r="AI113" s="40"/>
       <c r="AJ113" s="40"/>
     </row>
     <row r="114" spans="1:46">
       <c r="A114" s="40">
         <v>31.03</v>
       </c>
       <c r="B114" s="40">
         <v>109</v>
       </c>
       <c r="C114" s="40" t="s">
-        <v>655</v>
+        <v>662</v>
       </c>
       <c r="D114" s="40" t="s">
-        <v>660</v>
+        <v>663</v>
       </c>
       <c r="E114" s="40" t="s">
-        <v>661</v>
+        <v>664</v>
       </c>
       <c r="F114" s="40" t="s">
         <v>236</v>
       </c>
       <c r="G114" s="40" t="s">
-        <v>658</v>
+        <v>665</v>
       </c>
       <c r="H114" s="40" t="s">
-        <v>658</v>
-[...2 lines deleted...]
-        <v>329</v>
+        <v>665</v>
+      </c>
+      <c r="I114" s="40" t="s">
+        <v>666</v>
       </c>
       <c r="J114" s="40" t="s">
-        <v>662</v>
+        <v>444</v>
       </c>
       <c r="K114" s="40" t="s">
         <v>65</v>
       </c>
       <c r="L114" s="40" t="s">
         <v>66</v>
       </c>
       <c r="M114" s="40"/>
       <c r="N114" s="40"/>
-      <c r="O114" s="40" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="O114" s="40"/>
+      <c r="P114" s="40"/>
+      <c r="Q114" s="40"/>
       <c r="R114" s="40"/>
       <c r="S114" s="40"/>
       <c r="T114" s="40"/>
       <c r="U114" s="40"/>
       <c r="V114" s="40"/>
       <c r="W114" s="40"/>
       <c r="X114" s="40"/>
       <c r="Y114" s="40"/>
       <c r="Z114" s="40"/>
       <c r="AA114" s="40"/>
       <c r="AB114" s="40"/>
       <c r="AC114" s="40" t="s">
         <v>48</v>
       </c>
       <c r="AD114" s="40" t="s">
         <v>67</v>
       </c>
       <c r="AE114" s="40" t="s">
         <v>76</v>
       </c>
       <c r="AF114" s="40"/>
       <c r="AG114" s="40"/>
       <c r="AH114" s="40"/>
       <c r="AI114" s="40"/>
       <c r="AJ114" s="40"/>
     </row>
     <row r="115" spans="1:46">
       <c r="A115" s="40">
         <v>31.03</v>
       </c>
       <c r="B115" s="40">
         <v>110</v>
       </c>
       <c r="C115" s="40" t="s">
-        <v>655</v>
+        <v>662</v>
       </c>
       <c r="D115" s="40" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="E115" s="40" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="F115" s="40" t="s">
         <v>236</v>
       </c>
       <c r="G115" s="40" t="s">
-        <v>658</v>
+        <v>665</v>
       </c>
       <c r="H115" s="40" t="s">
-        <v>658</v>
+        <v>665</v>
       </c>
       <c r="I115" s="40">
-        <v>311</v>
+        <v>329</v>
       </c>
       <c r="J115" s="40" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
       <c r="K115" s="40" t="s">
         <v>65</v>
       </c>
       <c r="L115" s="40" t="s">
         <v>66</v>
       </c>
       <c r="M115" s="40"/>
       <c r="N115" s="40"/>
       <c r="O115" s="40" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
       <c r="P115" s="40" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="Q115" s="40" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="R115" s="40"/>
       <c r="S115" s="40"/>
       <c r="T115" s="40"/>
       <c r="U115" s="40"/>
       <c r="V115" s="40"/>
       <c r="W115" s="40"/>
       <c r="X115" s="40"/>
       <c r="Y115" s="40"/>
       <c r="Z115" s="40"/>
       <c r="AA115" s="40"/>
       <c r="AB115" s="40"/>
       <c r="AC115" s="40" t="s">
         <v>48</v>
       </c>
       <c r="AD115" s="40" t="s">
         <v>67</v>
       </c>
       <c r="AE115" s="40" t="s">
-        <v>600</v>
+        <v>76</v>
       </c>
       <c r="AF115" s="40"/>
       <c r="AG115" s="40"/>
       <c r="AH115" s="40"/>
       <c r="AI115" s="40"/>
       <c r="AJ115" s="40"/>
     </row>
     <row r="116" spans="1:46">
       <c r="A116" s="40">
         <v>31.03</v>
       </c>
       <c r="B116" s="40">
         <v>111</v>
       </c>
       <c r="C116" s="40" t="s">
-        <v>671</v>
+        <v>662</v>
       </c>
       <c r="D116" s="40" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="E116" s="40" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="F116" s="40" t="s">
-        <v>162</v>
+        <v>236</v>
       </c>
       <c r="G116" s="40" t="s">
-        <v>674</v>
+        <v>665</v>
       </c>
       <c r="H116" s="40" t="s">
-        <v>674</v>
+        <v>665</v>
       </c>
       <c r="I116" s="40">
-        <v>637</v>
+        <v>311</v>
       </c>
       <c r="J116" s="40" t="s">
-        <v>554</v>
+        <v>669</v>
       </c>
       <c r="K116" s="40" t="s">
         <v>65</v>
       </c>
       <c r="L116" s="40" t="s">
-        <v>555</v>
-[...1 lines deleted...]
-      <c r="M116" s="40" t="s">
+        <v>66</v>
+      </c>
+      <c r="M116" s="40"/>
+      <c r="N116" s="40"/>
+      <c r="O116" s="40" t="s">
         <v>675</v>
       </c>
-      <c r="N116" s="40" t="s">
+      <c r="P116" s="40" t="s">
         <v>676</v>
       </c>
-      <c r="O116" s="40" t="s">
+      <c r="Q116" s="40" t="s">
         <v>677</v>
-      </c>
-[...4 lines deleted...]
-        <v>679</v>
       </c>
       <c r="R116" s="40"/>
       <c r="S116" s="40"/>
       <c r="T116" s="40"/>
       <c r="U116" s="40"/>
       <c r="V116" s="40"/>
       <c r="W116" s="40"/>
       <c r="X116" s="40"/>
       <c r="Y116" s="40"/>
       <c r="Z116" s="40"/>
       <c r="AA116" s="40"/>
       <c r="AB116" s="40"/>
       <c r="AC116" s="40" t="s">
-        <v>680</v>
+        <v>48</v>
       </c>
       <c r="AD116" s="40" t="s">
-        <v>681</v>
+        <v>67</v>
       </c>
       <c r="AE116" s="40" t="s">
         <v>600</v>
       </c>
       <c r="AF116" s="40"/>
       <c r="AG116" s="40"/>
       <c r="AH116" s="40"/>
       <c r="AI116" s="40"/>
       <c r="AJ116" s="40"/>
     </row>
     <row r="117" spans="1:46">
-      <c r="A117" s="40"/>
+      <c r="A117" s="40">
+        <v>31.03</v>
+      </c>
       <c r="B117" s="40">
         <v>112</v>
       </c>
       <c r="C117" s="40" t="s">
-        <v>682</v>
+        <v>678</v>
       </c>
       <c r="D117" s="40" t="s">
-        <v>683</v>
+        <v>679</v>
       </c>
       <c r="E117" s="40" t="s">
-        <v>684</v>
+        <v>680</v>
       </c>
       <c r="F117" s="40" t="s">
-        <v>685</v>
+        <v>162</v>
       </c>
       <c r="G117" s="40" t="s">
-        <v>686</v>
+        <v>681</v>
       </c>
       <c r="H117" s="40" t="s">
-        <v>686</v>
+        <v>681</v>
       </c>
       <c r="I117" s="40">
-        <v>225</v>
+        <v>637</v>
       </c>
       <c r="J117" s="40" t="s">
-        <v>258</v>
+        <v>554</v>
       </c>
       <c r="K117" s="40" t="s">
         <v>65</v>
       </c>
       <c r="L117" s="40" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-      <c r="N117" s="40"/>
+        <v>555</v>
+      </c>
+      <c r="M117" s="40" t="s">
+        <v>682</v>
+      </c>
+      <c r="N117" s="40" t="s">
+        <v>683</v>
+      </c>
       <c r="O117" s="40" t="s">
-        <v>687</v>
+        <v>684</v>
       </c>
       <c r="P117" s="40" t="s">
-        <v>688</v>
+        <v>685</v>
       </c>
       <c r="Q117" s="40" t="s">
-        <v>689</v>
+        <v>686</v>
       </c>
       <c r="R117" s="40"/>
       <c r="S117" s="40"/>
       <c r="T117" s="40"/>
       <c r="U117" s="40"/>
       <c r="V117" s="40"/>
       <c r="W117" s="40"/>
       <c r="X117" s="40"/>
       <c r="Y117" s="40"/>
       <c r="Z117" s="40"/>
       <c r="AA117" s="40"/>
       <c r="AB117" s="40"/>
       <c r="AC117" s="40" t="s">
-        <v>48</v>
+        <v>687</v>
       </c>
       <c r="AD117" s="40" t="s">
-        <v>67</v>
+        <v>688</v>
       </c>
       <c r="AE117" s="40" t="s">
-        <v>76</v>
+        <v>600</v>
       </c>
       <c r="AF117" s="40"/>
       <c r="AG117" s="40"/>
       <c r="AH117" s="40"/>
       <c r="AI117" s="40"/>
       <c r="AJ117" s="40"/>
     </row>
     <row r="118" spans="1:46">
       <c r="A118" s="40"/>
       <c r="B118" s="40">
         <v>113</v>
       </c>
       <c r="C118" s="40" t="s">
-        <v>682</v>
+        <v>689</v>
       </c>
       <c r="D118" s="40" t="s">
         <v>690</v>
       </c>
       <c r="E118" s="40" t="s">
         <v>691</v>
       </c>
       <c r="F118" s="40" t="s">
-        <v>685</v>
+        <v>692</v>
       </c>
       <c r="G118" s="40" t="s">
-        <v>686</v>
+        <v>693</v>
       </c>
       <c r="H118" s="40" t="s">
-        <v>686</v>
+        <v>693</v>
       </c>
       <c r="I118" s="40">
-        <v>729</v>
+        <v>225</v>
       </c>
       <c r="J118" s="40" t="s">
-        <v>604</v>
+        <v>258</v>
       </c>
       <c r="K118" s="40" t="s">
         <v>65</v>
       </c>
       <c r="L118" s="40" t="s">
-        <v>692</v>
-[...4 lines deleted...]
-      <c r="N118" s="40" t="s">
+        <v>66</v>
+      </c>
+      <c r="M118" s="40"/>
+      <c r="N118" s="40"/>
+      <c r="O118" s="40" t="s">
         <v>694</v>
       </c>
-      <c r="O118" s="40" t="s">
+      <c r="P118" s="40" t="s">
         <v>695</v>
       </c>
-      <c r="P118" s="40" t="s">
+      <c r="Q118" s="40" t="s">
         <v>696</v>
-      </c>
-[...1 lines deleted...]
-        <v>697</v>
       </c>
       <c r="R118" s="40"/>
       <c r="S118" s="40"/>
       <c r="T118" s="40"/>
       <c r="U118" s="40"/>
       <c r="V118" s="40"/>
       <c r="W118" s="40"/>
       <c r="X118" s="40"/>
       <c r="Y118" s="40"/>
       <c r="Z118" s="40"/>
       <c r="AA118" s="40"/>
       <c r="AB118" s="40"/>
       <c r="AC118" s="40" t="s">
-        <v>698</v>
+        <v>48</v>
       </c>
       <c r="AD118" s="40" t="s">
-        <v>435</v>
+        <v>67</v>
       </c>
       <c r="AE118" s="40" t="s">
-        <v>55</v>
+        <v>76</v>
       </c>
       <c r="AF118" s="40"/>
       <c r="AG118" s="40"/>
       <c r="AH118" s="40"/>
       <c r="AI118" s="40"/>
       <c r="AJ118" s="40"/>
     </row>
     <row r="119" spans="1:46">
       <c r="A119" s="40"/>
       <c r="B119" s="40">
         <v>114</v>
       </c>
       <c r="C119" s="40" t="s">
-        <v>699</v>
+        <v>689</v>
       </c>
       <c r="D119" s="40" t="s">
-        <v>700</v>
+        <v>697</v>
       </c>
       <c r="E119" s="40" t="s">
-        <v>701</v>
+        <v>698</v>
       </c>
       <c r="F119" s="40" t="s">
-        <v>702</v>
+        <v>692</v>
       </c>
       <c r="G119" s="40" t="s">
-        <v>703</v>
+        <v>693</v>
       </c>
       <c r="H119" s="40" t="s">
-        <v>703</v>
-[...2 lines deleted...]
-        <v>704</v>
+        <v>693</v>
+      </c>
+      <c r="I119" s="40">
+        <v>729</v>
       </c>
       <c r="J119" s="40" t="s">
-        <v>705</v>
+        <v>604</v>
       </c>
       <c r="K119" s="40" t="s">
         <v>65</v>
       </c>
       <c r="L119" s="40" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-      <c r="N119" s="40"/>
+        <v>699</v>
+      </c>
+      <c r="M119" s="40" t="s">
+        <v>700</v>
+      </c>
+      <c r="N119" s="40" t="s">
+        <v>701</v>
+      </c>
       <c r="O119" s="40" t="s">
-        <v>706</v>
+        <v>702</v>
       </c>
       <c r="P119" s="40" t="s">
-        <v>707</v>
+        <v>703</v>
       </c>
       <c r="Q119" s="40" t="s">
-        <v>708</v>
+        <v>704</v>
       </c>
       <c r="R119" s="40"/>
       <c r="S119" s="40"/>
       <c r="T119" s="40"/>
       <c r="U119" s="40"/>
       <c r="V119" s="40"/>
       <c r="W119" s="40"/>
       <c r="X119" s="40"/>
       <c r="Y119" s="40"/>
       <c r="Z119" s="40"/>
       <c r="AA119" s="40"/>
       <c r="AB119" s="40"/>
       <c r="AC119" s="40" t="s">
-        <v>48</v>
+        <v>705</v>
       </c>
       <c r="AD119" s="40" t="s">
-        <v>67</v>
+        <v>435</v>
       </c>
       <c r="AE119" s="40" t="s">
-        <v>76</v>
+        <v>55</v>
       </c>
       <c r="AF119" s="40"/>
       <c r="AG119" s="40"/>
       <c r="AH119" s="40"/>
       <c r="AI119" s="40"/>
       <c r="AJ119" s="40"/>
     </row>
     <row r="120" spans="1:46">
       <c r="A120" s="40"/>
       <c r="B120" s="40">
         <v>115</v>
       </c>
       <c r="C120" s="40" t="s">
-        <v>699</v>
+        <v>706</v>
       </c>
       <c r="D120" s="40" t="s">
+        <v>707</v>
+      </c>
+      <c r="E120" s="40" t="s">
+        <v>708</v>
+      </c>
+      <c r="F120" s="40" t="s">
         <v>709</v>
       </c>
-      <c r="E120" s="40" t="s">
+      <c r="G120" s="40" t="s">
         <v>710</v>
       </c>
-      <c r="F120" s="40" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H120" s="40" t="s">
-        <v>703</v>
-[...2 lines deleted...]
-        <v>246</v>
+        <v>710</v>
+      </c>
+      <c r="I120" s="40" t="s">
+        <v>711</v>
       </c>
       <c r="J120" s="40" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="K120" s="40" t="s">
         <v>65</v>
       </c>
       <c r="L120" s="40" t="s">
         <v>66</v>
       </c>
       <c r="M120" s="40"/>
       <c r="N120" s="40"/>
       <c r="O120" s="40" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="P120" s="40" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="Q120" s="40" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="R120" s="40"/>
       <c r="S120" s="40"/>
       <c r="T120" s="40"/>
       <c r="U120" s="40"/>
       <c r="V120" s="40"/>
       <c r="W120" s="40"/>
       <c r="X120" s="40"/>
       <c r="Y120" s="40"/>
       <c r="Z120" s="40"/>
       <c r="AA120" s="40"/>
       <c r="AB120" s="40"/>
       <c r="AC120" s="40" t="s">
         <v>48</v>
       </c>
       <c r="AD120" s="40" t="s">
         <v>67</v>
       </c>
       <c r="AE120" s="40" t="s">
         <v>76</v>
       </c>
       <c r="AF120" s="40"/>
       <c r="AG120" s="40"/>
       <c r="AH120" s="40"/>
       <c r="AI120" s="40"/>
       <c r="AJ120" s="40"/>
     </row>
     <row r="121" spans="1:46">
       <c r="A121" s="40"/>
       <c r="B121" s="40">
         <v>116</v>
       </c>
       <c r="C121" s="40" t="s">
-        <v>699</v>
+        <v>706</v>
       </c>
       <c r="D121" s="40" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="E121" s="40" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="F121" s="40" t="s">
-        <v>702</v>
+        <v>709</v>
       </c>
       <c r="G121" s="40" t="s">
-        <v>703</v>
+        <v>710</v>
       </c>
       <c r="H121" s="40" t="s">
-        <v>703</v>
+        <v>710</v>
       </c>
       <c r="I121" s="40">
-        <v>179</v>
+        <v>246</v>
       </c>
       <c r="J121" s="40" t="s">
-        <v>440</v>
+        <v>718</v>
       </c>
       <c r="K121" s="40" t="s">
         <v>65</v>
       </c>
       <c r="L121" s="40" t="s">
         <v>66</v>
       </c>
       <c r="M121" s="40"/>
       <c r="N121" s="40"/>
       <c r="O121" s="40" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="P121" s="40" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="Q121" s="40" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="R121" s="40"/>
       <c r="S121" s="40"/>
       <c r="T121" s="40"/>
       <c r="U121" s="40"/>
       <c r="V121" s="40"/>
       <c r="W121" s="40"/>
       <c r="X121" s="40"/>
       <c r="Y121" s="40"/>
       <c r="Z121" s="40"/>
       <c r="AA121" s="40"/>
       <c r="AB121" s="40"/>
       <c r="AC121" s="40" t="s">
         <v>48</v>
       </c>
       <c r="AD121" s="40" t="s">
         <v>67</v>
       </c>
       <c r="AE121" s="40" t="s">
         <v>76</v>
       </c>
       <c r="AF121" s="40"/>
       <c r="AG121" s="40"/>
       <c r="AH121" s="40"/>
       <c r="AI121" s="40"/>
       <c r="AJ121" s="40"/>
     </row>
     <row r="122" spans="1:46">
       <c r="A122" s="40"/>
       <c r="B122" s="40">
         <v>117</v>
       </c>
       <c r="C122" s="40" t="s">
-        <v>699</v>
+        <v>706</v>
       </c>
       <c r="D122" s="40" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="E122" s="40" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="F122" s="40" t="s">
-        <v>702</v>
+        <v>709</v>
       </c>
       <c r="G122" s="40" t="s">
-        <v>703</v>
+        <v>710</v>
       </c>
       <c r="H122" s="40" t="s">
-        <v>703</v>
+        <v>710</v>
       </c>
       <c r="I122" s="40">
-        <v>245</v>
+        <v>179</v>
       </c>
       <c r="J122" s="40" t="s">
-        <v>711</v>
+        <v>440</v>
       </c>
       <c r="K122" s="40" t="s">
         <v>65</v>
       </c>
       <c r="L122" s="40" t="s">
         <v>66</v>
       </c>
       <c r="M122" s="40"/>
       <c r="N122" s="40"/>
       <c r="O122" s="40" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="P122" s="40" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="Q122" s="40" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="R122" s="40"/>
       <c r="S122" s="40"/>
       <c r="T122" s="40"/>
       <c r="U122" s="40"/>
       <c r="V122" s="40"/>
       <c r="W122" s="40"/>
       <c r="X122" s="40"/>
       <c r="Y122" s="40"/>
       <c r="Z122" s="40"/>
       <c r="AA122" s="40"/>
       <c r="AB122" s="40"/>
       <c r="AC122" s="40" t="s">
         <v>48</v>
       </c>
       <c r="AD122" s="40" t="s">
         <v>67</v>
       </c>
       <c r="AE122" s="40" t="s">
         <v>76</v>
       </c>
       <c r="AF122" s="40"/>
       <c r="AG122" s="40"/>
       <c r="AH122" s="40"/>
       <c r="AI122" s="40"/>
       <c r="AJ122" s="40"/>
     </row>
     <row r="123" spans="1:46">
       <c r="A123" s="40"/>
       <c r="B123" s="40">
         <v>118</v>
       </c>
       <c r="C123" s="40" t="s">
-        <v>699</v>
+        <v>706</v>
       </c>
       <c r="D123" s="40" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="E123" s="40" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="F123" s="40" t="s">
-        <v>702</v>
+        <v>709</v>
       </c>
       <c r="G123" s="40" t="s">
-        <v>703</v>
+        <v>710</v>
       </c>
       <c r="H123" s="40" t="s">
-        <v>703</v>
+        <v>710</v>
       </c>
       <c r="I123" s="40">
-        <v>365</v>
+        <v>245</v>
       </c>
       <c r="J123" s="40" t="s">
-        <v>248</v>
+        <v>718</v>
       </c>
       <c r="K123" s="40" t="s">
         <v>65</v>
       </c>
       <c r="L123" s="40" t="s">
         <v>66</v>
       </c>
       <c r="M123" s="40"/>
       <c r="N123" s="40"/>
       <c r="O123" s="40" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="P123" s="40" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="Q123" s="40" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="R123" s="40"/>
       <c r="S123" s="40"/>
       <c r="T123" s="40"/>
       <c r="U123" s="40"/>
       <c r="V123" s="40"/>
       <c r="W123" s="40"/>
       <c r="X123" s="40"/>
       <c r="Y123" s="40"/>
       <c r="Z123" s="40"/>
       <c r="AA123" s="40"/>
       <c r="AB123" s="40"/>
       <c r="AC123" s="40" t="s">
         <v>48</v>
       </c>
       <c r="AD123" s="40" t="s">
         <v>67</v>
       </c>
       <c r="AE123" s="40" t="s">
         <v>76</v>
       </c>
       <c r="AF123" s="40"/>
       <c r="AG123" s="40"/>
       <c r="AH123" s="40"/>
       <c r="AI123" s="40"/>
       <c r="AJ123" s="40"/>
     </row>
     <row r="124" spans="1:46">
       <c r="A124" s="40"/>
       <c r="B124" s="40">
         <v>119</v>
       </c>
       <c r="C124" s="40" t="s">
-        <v>699</v>
+        <v>706</v>
       </c>
       <c r="D124" s="40" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
       <c r="E124" s="40" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="F124" s="40" t="s">
-        <v>702</v>
+        <v>709</v>
       </c>
       <c r="G124" s="40" t="s">
-        <v>703</v>
+        <v>710</v>
       </c>
       <c r="H124" s="40" t="s">
-        <v>703</v>
+        <v>710</v>
       </c>
       <c r="I124" s="40">
-        <v>237</v>
+        <v>365</v>
       </c>
       <c r="J124" s="40" t="s">
-        <v>298</v>
+        <v>248</v>
       </c>
       <c r="K124" s="40" t="s">
         <v>65</v>
       </c>
       <c r="L124" s="40" t="s">
         <v>66</v>
       </c>
       <c r="M124" s="40"/>
       <c r="N124" s="40"/>
       <c r="O124" s="40" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="P124" s="40" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="Q124" s="40" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
       <c r="R124" s="40"/>
       <c r="S124" s="40"/>
       <c r="T124" s="40"/>
       <c r="U124" s="40"/>
       <c r="V124" s="40"/>
       <c r="W124" s="40"/>
       <c r="X124" s="40"/>
       <c r="Y124" s="40"/>
       <c r="Z124" s="40"/>
       <c r="AA124" s="40"/>
       <c r="AB124" s="40"/>
       <c r="AC124" s="40" t="s">
         <v>48</v>
       </c>
       <c r="AD124" s="40" t="s">
         <v>67</v>
       </c>
       <c r="AE124" s="40" t="s">
         <v>76</v>
       </c>
       <c r="AF124" s="40"/>
       <c r="AG124" s="40"/>
       <c r="AH124" s="40"/>
       <c r="AI124" s="40"/>
       <c r="AJ124" s="40"/>
     </row>
     <row r="125" spans="1:46">
       <c r="A125" s="40"/>
       <c r="B125" s="40">
         <v>120</v>
       </c>
       <c r="C125" s="40" t="s">
-        <v>735</v>
+        <v>706</v>
       </c>
       <c r="D125" s="40" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="E125" s="40" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="F125" s="40" t="s">
-        <v>738</v>
+        <v>709</v>
       </c>
       <c r="G125" s="40" t="s">
-        <v>739</v>
+        <v>710</v>
       </c>
       <c r="H125" s="40" t="s">
-        <v>739</v>
+        <v>710</v>
       </c>
       <c r="I125" s="40">
-        <v>212</v>
+        <v>237</v>
       </c>
       <c r="J125" s="40" t="s">
-        <v>740</v>
+        <v>298</v>
       </c>
       <c r="K125" s="40" t="s">
         <v>65</v>
       </c>
       <c r="L125" s="40" t="s">
         <v>66</v>
       </c>
       <c r="M125" s="40"/>
       <c r="N125" s="40"/>
       <c r="O125" s="40" t="s">
+        <v>739</v>
+      </c>
+      <c r="P125" s="40" t="s">
+        <v>740</v>
+      </c>
+      <c r="Q125" s="40" t="s">
         <v>741</v>
-      </c>
-[...4 lines deleted...]
-        <v>743</v>
       </c>
       <c r="R125" s="40"/>
       <c r="S125" s="40"/>
       <c r="T125" s="40"/>
       <c r="U125" s="40"/>
       <c r="V125" s="40"/>
       <c r="W125" s="40"/>
       <c r="X125" s="40"/>
       <c r="Y125" s="40"/>
       <c r="Z125" s="40"/>
       <c r="AA125" s="40"/>
       <c r="AB125" s="40"/>
       <c r="AC125" s="40" t="s">
-        <v>83</v>
+        <v>48</v>
       </c>
       <c r="AD125" s="40" t="s">
-        <v>84</v>
+        <v>67</v>
       </c>
       <c r="AE125" s="40" t="s">
-        <v>85</v>
+        <v>76</v>
       </c>
       <c r="AF125" s="40"/>
       <c r="AG125" s="40"/>
       <c r="AH125" s="40"/>
       <c r="AI125" s="40"/>
       <c r="AJ125" s="40"/>
     </row>
     <row r="126" spans="1:46">
       <c r="A126" s="40"/>
       <c r="B126" s="40">
         <v>121</v>
       </c>
       <c r="C126" s="40" t="s">
+        <v>742</v>
+      </c>
+      <c r="D126" s="40" t="s">
+        <v>743</v>
+      </c>
+      <c r="E126" s="40" t="s">
         <v>744</v>
       </c>
-      <c r="D126" s="40" t="s">
+      <c r="F126" s="40" t="s">
         <v>745</v>
       </c>
-      <c r="E126" s="40" t="s">
+      <c r="G126" s="40" t="s">
         <v>746</v>
       </c>
-      <c r="F126" s="40" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H126" s="40" t="s">
-        <v>269</v>
+        <v>746</v>
       </c>
       <c r="I126" s="40">
-        <v>346</v>
+        <v>212</v>
       </c>
       <c r="J126" s="40" t="s">
         <v>747</v>
       </c>
       <c r="K126" s="40" t="s">
         <v>65</v>
       </c>
       <c r="L126" s="40" t="s">
         <v>66</v>
       </c>
       <c r="M126" s="40"/>
       <c r="N126" s="40"/>
       <c r="O126" s="40" t="s">
         <v>748</v>
       </c>
       <c r="P126" s="40" t="s">
         <v>749</v>
       </c>
       <c r="Q126" s="40" t="s">
         <v>750</v>
       </c>
       <c r="R126" s="40"/>
       <c r="S126" s="40"/>
       <c r="T126" s="40"/>
       <c r="U126" s="40"/>
       <c r="V126" s="40"/>
       <c r="W126" s="40"/>
       <c r="X126" s="40"/>
       <c r="Y126" s="40"/>
       <c r="Z126" s="40"/>
       <c r="AA126" s="40"/>
       <c r="AB126" s="40"/>
       <c r="AC126" s="40" t="s">
-        <v>48</v>
+        <v>83</v>
       </c>
       <c r="AD126" s="40" t="s">
-        <v>67</v>
+        <v>84</v>
       </c>
       <c r="AE126" s="40" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="AF126" s="40"/>
       <c r="AG126" s="40"/>
       <c r="AH126" s="40"/>
       <c r="AI126" s="40"/>
       <c r="AJ126" s="40"/>
     </row>
     <row r="127" spans="1:46">
       <c r="A127" s="40"/>
       <c r="B127" s="40">
         <v>122</v>
       </c>
       <c r="C127" s="40" t="s">
-        <v>744</v>
+        <v>751</v>
       </c>
       <c r="D127" s="40" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="E127" s="40" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="F127" s="40" t="s">
         <v>48</v>
       </c>
       <c r="G127" s="40" t="s">
         <v>269</v>
       </c>
       <c r="H127" s="40" t="s">
         <v>269</v>
       </c>
-      <c r="I127" s="40" t="s">
-        <v>753</v>
+      <c r="I127" s="40">
+        <v>346</v>
       </c>
       <c r="J127" s="40" t="s">
-        <v>538</v>
+        <v>754</v>
       </c>
       <c r="K127" s="40" t="s">
-        <v>51</v>
+        <v>65</v>
       </c>
       <c r="L127" s="40" t="s">
-        <v>52</v>
+        <v>66</v>
       </c>
       <c r="M127" s="40"/>
       <c r="N127" s="40"/>
-      <c r="O127" s="40"/>
-[...1 lines deleted...]
-      <c r="Q127" s="40"/>
+      <c r="O127" s="40" t="s">
+        <v>755</v>
+      </c>
+      <c r="P127" s="40" t="s">
+        <v>756</v>
+      </c>
+      <c r="Q127" s="40" t="s">
+        <v>757</v>
+      </c>
       <c r="R127" s="40"/>
       <c r="S127" s="40"/>
       <c r="T127" s="40"/>
       <c r="U127" s="40"/>
       <c r="V127" s="40"/>
       <c r="W127" s="40"/>
       <c r="X127" s="40"/>
       <c r="Y127" s="40"/>
       <c r="Z127" s="40"/>
       <c r="AA127" s="40"/>
       <c r="AB127" s="40"/>
       <c r="AC127" s="40" t="s">
-        <v>486</v>
+        <v>48</v>
       </c>
       <c r="AD127" s="40" t="s">
-        <v>170</v>
+        <v>67</v>
       </c>
       <c r="AE127" s="40" t="s">
-        <v>55</v>
+        <v>76</v>
       </c>
       <c r="AF127" s="40"/>
       <c r="AG127" s="40"/>
       <c r="AH127" s="40"/>
       <c r="AI127" s="40"/>
       <c r="AJ127" s="40"/>
     </row>
     <row r="128" spans="1:46">
       <c r="A128" s="40"/>
       <c r="B128" s="40">
         <v>123</v>
       </c>
       <c r="C128" s="40" t="s">
-        <v>754</v>
+        <v>751</v>
       </c>
       <c r="D128" s="40" t="s">
-        <v>755</v>
+        <v>758</v>
       </c>
       <c r="E128" s="40" t="s">
-        <v>756</v>
+        <v>759</v>
       </c>
       <c r="F128" s="40" t="s">
-        <v>757</v>
+        <v>48</v>
       </c>
       <c r="G128" s="40" t="s">
-        <v>758</v>
+        <v>269</v>
       </c>
       <c r="H128" s="40" t="s">
-        <v>758</v>
+        <v>269</v>
       </c>
       <c r="I128" s="40" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="J128" s="40" t="s">
-        <v>760</v>
+        <v>538</v>
       </c>
       <c r="K128" s="40" t="s">
         <v>51</v>
       </c>
       <c r="L128" s="40" t="s">
         <v>52</v>
       </c>
       <c r="M128" s="40"/>
       <c r="N128" s="40"/>
       <c r="O128" s="40"/>
       <c r="P128" s="40"/>
       <c r="Q128" s="40"/>
       <c r="R128" s="40"/>
       <c r="S128" s="40"/>
       <c r="T128" s="40"/>
       <c r="U128" s="40"/>
       <c r="V128" s="40"/>
       <c r="W128" s="40"/>
       <c r="X128" s="40"/>
       <c r="Y128" s="40"/>
       <c r="Z128" s="40"/>
       <c r="AA128" s="40"/>
       <c r="AB128" s="40"/>
       <c r="AC128" s="40" t="s">
-        <v>761</v>
+        <v>486</v>
       </c>
       <c r="AD128" s="40" t="s">
-        <v>368</v>
+        <v>170</v>
       </c>
       <c r="AE128" s="40" t="s">
         <v>55</v>
       </c>
       <c r="AF128" s="40"/>
       <c r="AG128" s="40"/>
       <c r="AH128" s="40"/>
-      <c r="AI128" s="40" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="AI128" s="40"/>
+      <c r="AJ128" s="40"/>
     </row>
     <row r="129" spans="1:46">
       <c r="A129" s="40"/>
       <c r="B129" s="40">
         <v>124</v>
       </c>
       <c r="C129" s="40" t="s">
+        <v>761</v>
+      </c>
+      <c r="D129" s="40" t="s">
         <v>762</v>
       </c>
-      <c r="D129" s="40" t="s">
+      <c r="E129" s="40" t="s">
         <v>763</v>
       </c>
-      <c r="E129" s="40" t="s">
+      <c r="F129" s="40" t="s">
         <v>764</v>
-      </c>
-[...1 lines deleted...]
-        <v>404</v>
       </c>
       <c r="G129" s="40" t="s">
         <v>765</v>
       </c>
       <c r="H129" s="40" t="s">
         <v>765</v>
       </c>
       <c r="I129" s="40" t="s">
         <v>766</v>
       </c>
       <c r="J129" s="40" t="s">
-        <v>758</v>
+        <v>767</v>
       </c>
       <c r="K129" s="40" t="s">
         <v>51</v>
       </c>
       <c r="L129" s="40" t="s">
-        <v>767</v>
+        <v>52</v>
       </c>
       <c r="M129" s="40"/>
       <c r="N129" s="40"/>
-      <c r="O129" s="40" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="O129" s="40"/>
+      <c r="P129" s="40"/>
+      <c r="Q129" s="40"/>
       <c r="R129" s="40"/>
       <c r="S129" s="40"/>
-      <c r="T129" s="40" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="T129" s="40"/>
+      <c r="U129" s="40"/>
+      <c r="V129" s="40"/>
+      <c r="W129" s="40"/>
+      <c r="X129" s="40"/>
+      <c r="Y129" s="40"/>
       <c r="Z129" s="40"/>
       <c r="AA129" s="40"/>
       <c r="AB129" s="40"/>
       <c r="AC129" s="40" t="s">
-        <v>777</v>
+        <v>768</v>
       </c>
       <c r="AD129" s="40" t="s">
-        <v>435</v>
+        <v>368</v>
       </c>
       <c r="AE129" s="40" t="s">
-        <v>778</v>
+        <v>55</v>
       </c>
       <c r="AF129" s="40"/>
       <c r="AG129" s="40"/>
       <c r="AH129" s="40"/>
-      <c r="AI129" s="40"/>
-      <c r="AJ129" s="40"/>
+      <c r="AI129" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="AJ129" s="40">
+        <v>3502446</v>
+      </c>
     </row>
     <row r="130" spans="1:46">
       <c r="A130" s="40"/>
       <c r="B130" s="40">
         <v>125</v>
       </c>
       <c r="C130" s="40" t="s">
-        <v>762</v>
+        <v>769</v>
       </c>
       <c r="D130" s="40" t="s">
-        <v>779</v>
+        <v>770</v>
       </c>
       <c r="E130" s="40" t="s">
-        <v>780</v>
+        <v>771</v>
       </c>
       <c r="F130" s="40" t="s">
         <v>404</v>
       </c>
       <c r="G130" s="40" t="s">
+        <v>772</v>
+      </c>
+      <c r="H130" s="40" t="s">
+        <v>772</v>
+      </c>
+      <c r="I130" s="40" t="s">
+        <v>773</v>
+      </c>
+      <c r="J130" s="40" t="s">
         <v>765</v>
       </c>
-      <c r="H130" s="40" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K130" s="40" t="s">
-        <v>65</v>
+        <v>51</v>
       </c>
       <c r="L130" s="40" t="s">
-        <v>66</v>
+        <v>774</v>
       </c>
       <c r="M130" s="40"/>
       <c r="N130" s="40"/>
       <c r="O130" s="40" t="s">
-        <v>781</v>
+        <v>775</v>
       </c>
       <c r="P130" s="40" t="s">
-        <v>782</v>
+        <v>776</v>
       </c>
       <c r="Q130" s="40" t="s">
-        <v>783</v>
+        <v>777</v>
       </c>
       <c r="R130" s="40"/>
       <c r="S130" s="40"/>
-      <c r="T130" s="40"/>
-[...4 lines deleted...]
-      <c r="Y130" s="40"/>
+      <c r="T130" s="40" t="s">
+        <v>778</v>
+      </c>
+      <c r="U130" s="40" t="s">
+        <v>779</v>
+      </c>
+      <c r="V130" s="40" t="s">
+        <v>780</v>
+      </c>
+      <c r="W130" s="40" t="s">
+        <v>781</v>
+      </c>
+      <c r="X130" s="40" t="s">
+        <v>782</v>
+      </c>
+      <c r="Y130" s="40" t="s">
+        <v>783</v>
+      </c>
       <c r="Z130" s="40"/>
       <c r="AA130" s="40"/>
       <c r="AB130" s="40"/>
       <c r="AC130" s="40" t="s">
-        <v>48</v>
+        <v>784</v>
       </c>
       <c r="AD130" s="40" t="s">
-        <v>67</v>
+        <v>435</v>
       </c>
       <c r="AE130" s="40" t="s">
-        <v>76</v>
+        <v>785</v>
       </c>
       <c r="AF130" s="40"/>
       <c r="AG130" s="40"/>
       <c r="AH130" s="40"/>
       <c r="AI130" s="40"/>
       <c r="AJ130" s="40"/>
     </row>
     <row r="131" spans="1:46">
       <c r="A131" s="40"/>
       <c r="B131" s="40">
         <v>126</v>
       </c>
       <c r="C131" s="40" t="s">
-        <v>784</v>
+        <v>769</v>
       </c>
       <c r="D131" s="40" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="E131" s="40" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="F131" s="40" t="s">
-        <v>787</v>
+        <v>404</v>
       </c>
       <c r="G131" s="40" t="s">
-        <v>788</v>
+        <v>772</v>
       </c>
       <c r="H131" s="40" t="s">
-        <v>788</v>
-[...2 lines deleted...]
-        <v>789</v>
+        <v>772</v>
+      </c>
+      <c r="I131" s="40">
+        <v>220</v>
       </c>
       <c r="J131" s="40" t="s">
-        <v>765</v>
+        <v>258</v>
       </c>
       <c r="K131" s="40" t="s">
-        <v>51</v>
+        <v>65</v>
       </c>
       <c r="L131" s="40" t="s">
-        <v>52</v>
+        <v>66</v>
       </c>
       <c r="M131" s="40"/>
       <c r="N131" s="40"/>
       <c r="O131" s="40" t="s">
+        <v>788</v>
+      </c>
+      <c r="P131" s="40" t="s">
+        <v>789</v>
+      </c>
+      <c r="Q131" s="40" t="s">
         <v>790</v>
       </c>
-      <c r="P131" s="40" t="s">
-[...2 lines deleted...]
-      <c r="Q131" s="40"/>
       <c r="R131" s="40"/>
       <c r="S131" s="40"/>
       <c r="T131" s="40"/>
       <c r="U131" s="40"/>
       <c r="V131" s="40"/>
       <c r="W131" s="40"/>
       <c r="X131" s="40"/>
       <c r="Y131" s="40"/>
       <c r="Z131" s="40"/>
       <c r="AA131" s="40"/>
       <c r="AB131" s="40"/>
       <c r="AC131" s="40" t="s">
-        <v>792</v>
+        <v>48</v>
       </c>
       <c r="AD131" s="40" t="s">
-        <v>793</v>
+        <v>67</v>
       </c>
       <c r="AE131" s="40" t="s">
-        <v>176</v>
+        <v>76</v>
       </c>
       <c r="AF131" s="40"/>
       <c r="AG131" s="40"/>
       <c r="AH131" s="40"/>
-      <c r="AI131" s="40" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="AI131" s="40"/>
+      <c r="AJ131" s="40"/>
     </row>
     <row r="132" spans="1:46">
       <c r="A132" s="40"/>
       <c r="B132" s="40">
         <v>127</v>
       </c>
       <c r="C132" s="40" t="s">
+        <v>791</v>
+      </c>
+      <c r="D132" s="40" t="s">
+        <v>792</v>
+      </c>
+      <c r="E132" s="40" t="s">
+        <v>793</v>
+      </c>
+      <c r="F132" s="40" t="s">
+        <v>794</v>
+      </c>
+      <c r="G132" s="40" t="s">
+        <v>795</v>
+      </c>
+      <c r="H132" s="40" t="s">
+        <v>795</v>
+      </c>
+      <c r="I132" s="40" t="s">
         <v>796</v>
       </c>
-      <c r="D132" s="40" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="J132" s="40" t="s">
-        <v>800</v>
+        <v>772</v>
       </c>
       <c r="K132" s="40" t="s">
-        <v>65</v>
+        <v>51</v>
       </c>
       <c r="L132" s="40" t="s">
-        <v>66</v>
+        <v>52</v>
       </c>
       <c r="M132" s="40"/>
       <c r="N132" s="40"/>
       <c r="O132" s="40" t="s">
-        <v>801</v>
+        <v>797</v>
       </c>
       <c r="P132" s="40" t="s">
-        <v>802</v>
-[...3 lines deleted...]
-      </c>
+        <v>798</v>
+      </c>
+      <c r="Q132" s="40"/>
       <c r="R132" s="40"/>
       <c r="S132" s="40"/>
       <c r="T132" s="40"/>
       <c r="U132" s="40"/>
       <c r="V132" s="40"/>
       <c r="W132" s="40"/>
       <c r="X132" s="40"/>
       <c r="Y132" s="40"/>
       <c r="Z132" s="40"/>
       <c r="AA132" s="40"/>
       <c r="AB132" s="40"/>
       <c r="AC132" s="40" t="s">
-        <v>804</v>
+        <v>799</v>
       </c>
       <c r="AD132" s="40" t="s">
-        <v>54</v>
+        <v>800</v>
       </c>
       <c r="AE132" s="40" t="s">
-        <v>55</v>
+        <v>176</v>
       </c>
       <c r="AF132" s="40"/>
       <c r="AG132" s="40"/>
       <c r="AH132" s="40"/>
-      <c r="AI132" s="40"/>
-      <c r="AJ132" s="40"/>
+      <c r="AI132" s="40" t="s">
+        <v>801</v>
+      </c>
+      <c r="AJ132" s="40" t="s">
+        <v>802</v>
+      </c>
     </row>
     <row r="133" spans="1:46">
       <c r="A133" s="40"/>
       <c r="B133" s="40">
         <v>128</v>
       </c>
       <c r="C133" s="40" t="s">
-        <v>362</v>
+        <v>803</v>
       </c>
       <c r="D133" s="40" t="s">
+        <v>804</v>
+      </c>
+      <c r="E133" s="40" t="s">
         <v>805</v>
       </c>
-      <c r="E133" s="40" t="s">
+      <c r="F133" s="40" t="s">
+        <v>515</v>
+      </c>
+      <c r="G133" s="40" t="s">
         <v>806</v>
       </c>
-      <c r="F133" s="40" t="s">
+      <c r="H133" s="40" t="s">
+        <v>806</v>
+      </c>
+      <c r="I133" s="40">
+        <v>542</v>
+      </c>
+      <c r="J133" s="40" t="s">
         <v>807</v>
       </c>
-      <c r="G133" s="40" t="s">
-[...5 lines deleted...]
-      <c r="I133" s="40" t="s">
+      <c r="K133" s="40" t="s">
+        <v>65</v>
+      </c>
+      <c r="L133" s="40" t="s">
+        <v>66</v>
+      </c>
+      <c r="M133" s="40"/>
+      <c r="N133" s="40"/>
+      <c r="O133" s="40" t="s">
         <v>808</v>
       </c>
-      <c r="J133" s="40" t="s">
-[...8 lines deleted...]
-      <c r="M133" s="40" t="s">
+      <c r="P133" s="40" t="s">
         <v>809</v>
       </c>
-      <c r="N133" s="40" t="s">
+      <c r="Q133" s="40" t="s">
         <v>810</v>
       </c>
-      <c r="O133" s="40"/>
-[...1 lines deleted...]
-      <c r="Q133" s="40"/>
       <c r="R133" s="40"/>
       <c r="S133" s="40"/>
       <c r="T133" s="40"/>
       <c r="U133" s="40"/>
       <c r="V133" s="40"/>
       <c r="W133" s="40"/>
       <c r="X133" s="40"/>
       <c r="Y133" s="40"/>
       <c r="Z133" s="40"/>
       <c r="AA133" s="40"/>
       <c r="AB133" s="40"/>
       <c r="AC133" s="40" t="s">
         <v>811</v>
       </c>
       <c r="AD133" s="40" t="s">
-        <v>812</v>
+        <v>54</v>
       </c>
       <c r="AE133" s="40" t="s">
-        <v>176</v>
+        <v>55</v>
       </c>
       <c r="AF133" s="40"/>
       <c r="AG133" s="40"/>
       <c r="AH133" s="40"/>
-      <c r="AI133" s="40" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="AI133" s="40"/>
+      <c r="AJ133" s="40"/>
     </row>
     <row r="134" spans="1:46">
       <c r="A134" s="40"/>
       <c r="B134" s="40">
         <v>129</v>
       </c>
       <c r="C134" s="40" t="s">
-        <v>500</v>
+        <v>362</v>
       </c>
       <c r="D134" s="40" t="s">
+        <v>812</v>
+      </c>
+      <c r="E134" s="40" t="s">
         <v>813</v>
       </c>
-      <c r="E134" s="40" t="s">
+      <c r="F134" s="40" t="s">
         <v>814</v>
       </c>
-      <c r="F134" s="40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G134" s="40" t="s">
-        <v>500</v>
+        <v>362</v>
       </c>
       <c r="H134" s="40" t="s">
-        <v>500</v>
-[...2 lines deleted...]
-        <v>435</v>
+        <v>362</v>
+      </c>
+      <c r="I134" s="40" t="s">
+        <v>815</v>
       </c>
       <c r="J134" s="40" t="s">
-        <v>815</v>
+        <v>395</v>
       </c>
       <c r="K134" s="40" t="s">
-        <v>65</v>
+        <v>51</v>
       </c>
       <c r="L134" s="40" t="s">
-        <v>66</v>
-[...3 lines deleted...]
-      <c r="O134" s="40" t="s">
+        <v>52</v>
+      </c>
+      <c r="M134" s="40" t="s">
         <v>816</v>
       </c>
-      <c r="P134" s="40" t="s">
+      <c r="N134" s="40" t="s">
         <v>817</v>
       </c>
-      <c r="Q134" s="40" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="O134" s="40"/>
+      <c r="P134" s="40"/>
+      <c r="Q134" s="40"/>
       <c r="R134" s="40"/>
       <c r="S134" s="40"/>
       <c r="T134" s="40"/>
       <c r="U134" s="40"/>
       <c r="V134" s="40"/>
       <c r="W134" s="40"/>
       <c r="X134" s="40"/>
       <c r="Y134" s="40"/>
       <c r="Z134" s="40"/>
       <c r="AA134" s="40"/>
       <c r="AB134" s="40"/>
       <c r="AC134" s="40" t="s">
+        <v>818</v>
+      </c>
+      <c r="AD134" s="40" t="s">
         <v>819</v>
       </c>
-      <c r="AD134" s="40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE134" s="40" t="s">
-        <v>55</v>
+        <v>176</v>
       </c>
       <c r="AF134" s="40"/>
       <c r="AG134" s="40"/>
       <c r="AH134" s="40"/>
       <c r="AI134" s="40" t="s">
         <v>68</v>
       </c>
-      <c r="AJ134" s="40" t="s">
-        <v>820</v>
+      <c r="AJ134" s="40">
+        <v>1907820</v>
       </c>
     </row>
     <row r="135" spans="1:46">
       <c r="A135" s="40"/>
       <c r="B135" s="40">
         <v>130</v>
       </c>
       <c r="C135" s="40" t="s">
-        <v>54</v>
+        <v>500</v>
       </c>
       <c r="D135" s="40" t="s">
+        <v>820</v>
+      </c>
+      <c r="E135" s="40" t="s">
         <v>821</v>
       </c>
-      <c r="E135" s="40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F135" s="40" t="s">
-        <v>169</v>
+        <v>367</v>
       </c>
       <c r="G135" s="40" t="s">
-        <v>54</v>
+        <v>500</v>
       </c>
       <c r="H135" s="40" t="s">
-        <v>54</v>
+        <v>500</v>
       </c>
       <c r="I135" s="40">
-        <v>623</v>
+        <v>435</v>
       </c>
       <c r="J135" s="40" t="s">
-        <v>554</v>
+        <v>822</v>
       </c>
       <c r="K135" s="40" t="s">
         <v>65</v>
       </c>
       <c r="L135" s="40" t="s">
-        <v>555</v>
+        <v>66</v>
       </c>
       <c r="M135" s="40"/>
       <c r="N135" s="40"/>
       <c r="O135" s="40" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="P135" s="40" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="Q135" s="40" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="R135" s="40"/>
       <c r="S135" s="40"/>
       <c r="T135" s="40"/>
       <c r="U135" s="40"/>
       <c r="V135" s="40"/>
       <c r="W135" s="40"/>
       <c r="X135" s="40"/>
       <c r="Y135" s="40"/>
       <c r="Z135" s="40"/>
       <c r="AA135" s="40"/>
       <c r="AB135" s="40"/>
       <c r="AC135" s="40" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="AD135" s="40" t="s">
-        <v>681</v>
+        <v>67</v>
       </c>
       <c r="AE135" s="40" t="s">
         <v>55</v>
       </c>
       <c r="AF135" s="40"/>
       <c r="AG135" s="40"/>
       <c r="AH135" s="40"/>
-      <c r="AI135" s="40"/>
-      <c r="AJ135" s="40"/>
+      <c r="AI135" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="AJ135" s="40" t="s">
+        <v>827</v>
+      </c>
     </row>
     <row r="136" spans="1:46">
       <c r="A136" s="40"/>
       <c r="B136" s="40">
         <v>131</v>
       </c>
       <c r="C136" s="40" t="s">
-        <v>826</v>
+        <v>54</v>
       </c>
       <c r="D136" s="40" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="E136" s="40" t="s">
-        <v>828</v>
+        <v>638</v>
       </c>
       <c r="F136" s="40" t="s">
-        <v>829</v>
+        <v>169</v>
       </c>
       <c r="G136" s="40" t="s">
-        <v>826</v>
+        <v>54</v>
       </c>
       <c r="H136" s="40" t="s">
-        <v>826</v>
+        <v>54</v>
       </c>
       <c r="I136" s="40">
-        <v>589</v>
+        <v>623</v>
       </c>
       <c r="J136" s="40" t="s">
-        <v>533</v>
+        <v>554</v>
       </c>
       <c r="K136" s="40" t="s">
         <v>65</v>
       </c>
       <c r="L136" s="40" t="s">
-        <v>541</v>
+        <v>555</v>
       </c>
       <c r="M136" s="40"/>
       <c r="N136" s="40"/>
       <c r="O136" s="40" t="s">
+        <v>829</v>
+      </c>
+      <c r="P136" s="40" t="s">
         <v>830</v>
       </c>
-      <c r="P136" s="40" t="s">
+      <c r="Q136" s="40" t="s">
         <v>831</v>
-      </c>
-[...1 lines deleted...]
-        <v>832</v>
       </c>
       <c r="R136" s="40"/>
       <c r="S136" s="40"/>
       <c r="T136" s="40"/>
       <c r="U136" s="40"/>
       <c r="V136" s="40"/>
       <c r="W136" s="40"/>
       <c r="X136" s="40"/>
       <c r="Y136" s="40"/>
       <c r="Z136" s="40"/>
       <c r="AA136" s="40"/>
       <c r="AB136" s="40"/>
       <c r="AC136" s="40" t="s">
-        <v>777</v>
+        <v>832</v>
       </c>
       <c r="AD136" s="40" t="s">
-        <v>833</v>
+        <v>688</v>
       </c>
       <c r="AE136" s="40" t="s">
-        <v>600</v>
+        <v>55</v>
       </c>
       <c r="AF136" s="40"/>
       <c r="AG136" s="40"/>
       <c r="AH136" s="40"/>
       <c r="AI136" s="40"/>
       <c r="AJ136" s="40"/>
     </row>
     <row r="137" spans="1:46">
       <c r="A137" s="40"/>
-      <c r="B137" s="40"/>
-[...9 lines deleted...]
-      <c r="L137" s="40"/>
+      <c r="B137" s="40">
+        <v>132</v>
+      </c>
+      <c r="C137" s="40" t="s">
+        <v>833</v>
+      </c>
+      <c r="D137" s="40" t="s">
+        <v>834</v>
+      </c>
+      <c r="E137" s="40" t="s">
+        <v>835</v>
+      </c>
+      <c r="F137" s="40" t="s">
+        <v>836</v>
+      </c>
+      <c r="G137" s="40" t="s">
+        <v>833</v>
+      </c>
+      <c r="H137" s="40" t="s">
+        <v>833</v>
+      </c>
+      <c r="I137" s="40">
+        <v>589</v>
+      </c>
+      <c r="J137" s="40" t="s">
+        <v>533</v>
+      </c>
+      <c r="K137" s="40" t="s">
+        <v>65</v>
+      </c>
+      <c r="L137" s="40" t="s">
+        <v>541</v>
+      </c>
       <c r="M137" s="40"/>
       <c r="N137" s="40"/>
-      <c r="O137" s="40"/>
-[...1 lines deleted...]
-      <c r="Q137" s="40"/>
+      <c r="O137" s="40" t="s">
+        <v>837</v>
+      </c>
+      <c r="P137" s="40" t="s">
+        <v>838</v>
+      </c>
+      <c r="Q137" s="40" t="s">
+        <v>839</v>
+      </c>
       <c r="R137" s="40"/>
       <c r="S137" s="40"/>
       <c r="T137" s="40"/>
       <c r="U137" s="40"/>
       <c r="V137" s="40"/>
       <c r="W137" s="40"/>
       <c r="X137" s="40"/>
       <c r="Y137" s="40"/>
       <c r="Z137" s="40"/>
       <c r="AA137" s="40"/>
       <c r="AB137" s="40"/>
-      <c r="AC137" s="40"/>
-[...1 lines deleted...]
-      <c r="AE137" s="40"/>
+      <c r="AC137" s="40" t="s">
+        <v>784</v>
+      </c>
+      <c r="AD137" s="40" t="s">
+        <v>840</v>
+      </c>
+      <c r="AE137" s="40" t="s">
+        <v>600</v>
+      </c>
       <c r="AF137" s="40"/>
       <c r="AG137" s="40"/>
       <c r="AH137" s="40"/>
       <c r="AI137" s="40"/>
       <c r="AJ137" s="40"/>
     </row>
-    <row r="138" spans="1:46" customHeight="1" ht="50.25"/>
-    <row r="139" spans="1:46" customHeight="1" ht="50.25"/>
+    <row r="138" spans="1:46">
+      <c r="A138" s="40"/>
+      <c r="B138" s="40">
+        <v>133</v>
+      </c>
+      <c r="C138" s="40" t="s">
+        <v>841</v>
+      </c>
+      <c r="D138" s="40" t="s">
+        <v>842</v>
+      </c>
+      <c r="E138" s="40" t="s">
+        <v>843</v>
+      </c>
+      <c r="F138" s="40" t="s">
+        <v>844</v>
+      </c>
+      <c r="G138" s="40" t="s">
+        <v>845</v>
+      </c>
+      <c r="H138" s="40" t="s">
+        <v>845</v>
+      </c>
+      <c r="I138" s="40" t="s">
+        <v>846</v>
+      </c>
+      <c r="J138" s="40" t="s">
+        <v>368</v>
+      </c>
+      <c r="K138" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="L138" s="40" t="s">
+        <v>52</v>
+      </c>
+      <c r="M138" s="40"/>
+      <c r="N138" s="40"/>
+      <c r="O138" s="40" t="s">
+        <v>847</v>
+      </c>
+      <c r="P138" s="40" t="s">
+        <v>848</v>
+      </c>
+      <c r="Q138" s="40" t="s">
+        <v>849</v>
+      </c>
+      <c r="R138" s="40"/>
+      <c r="S138" s="40"/>
+      <c r="T138" s="40"/>
+      <c r="U138" s="40"/>
+      <c r="V138" s="40"/>
+      <c r="W138" s="40"/>
+      <c r="X138" s="40"/>
+      <c r="Y138" s="40"/>
+      <c r="Z138" s="40"/>
+      <c r="AA138" s="40"/>
+      <c r="AB138" s="40"/>
+      <c r="AC138" s="40" t="s">
+        <v>794</v>
+      </c>
+      <c r="AD138" s="40" t="s">
+        <v>650</v>
+      </c>
+      <c r="AE138" s="40" t="s">
+        <v>312</v>
+      </c>
+      <c r="AF138" s="40"/>
+      <c r="AG138" s="40"/>
+      <c r="AH138" s="40"/>
+      <c r="AI138" s="40"/>
+      <c r="AJ138" s="40"/>
+    </row>
+    <row r="139" spans="1:46">
+      <c r="A139" s="40"/>
+      <c r="B139" s="40"/>
+      <c r="C139" s="40"/>
+      <c r="D139" s="40"/>
+      <c r="E139" s="40"/>
+      <c r="F139" s="40"/>
+      <c r="G139" s="40"/>
+      <c r="H139" s="40"/>
+      <c r="I139" s="40"/>
+      <c r="J139" s="40"/>
+      <c r="K139" s="40"/>
+      <c r="L139" s="40"/>
+      <c r="M139" s="40"/>
+      <c r="N139" s="40"/>
+      <c r="O139" s="40"/>
+      <c r="P139" s="40"/>
+      <c r="Q139" s="40"/>
+      <c r="R139" s="40"/>
+      <c r="S139" s="40"/>
+      <c r="T139" s="40"/>
+      <c r="U139" s="40"/>
+      <c r="V139" s="40"/>
+      <c r="W139" s="40"/>
+      <c r="X139" s="40"/>
+      <c r="Y139" s="40"/>
+      <c r="Z139" s="40"/>
+      <c r="AA139" s="40"/>
+      <c r="AB139" s="40"/>
+      <c r="AC139" s="40"/>
+      <c r="AD139" s="40"/>
+      <c r="AE139" s="40"/>
+      <c r="AF139" s="40"/>
+      <c r="AG139" s="40"/>
+      <c r="AH139" s="40"/>
+      <c r="AI139" s="40"/>
+      <c r="AJ139" s="40"/>
+    </row>
     <row r="140" spans="1:46" customHeight="1" ht="50.25"/>
     <row r="141" spans="1:46" customHeight="1" ht="50.25"/>
     <row r="142" spans="1:46" customHeight="1" ht="50.25"/>
     <row r="143" spans="1:46" customHeight="1" ht="50.25"/>
     <row r="144" spans="1:46" customHeight="1" ht="50.25"/>
     <row r="145" spans="1:46" customHeight="1" ht="50.25"/>
     <row r="146" spans="1:46" customHeight="1" ht="50.25"/>
     <row r="147" spans="1:46" customHeight="1" ht="50.25"/>
     <row r="148" spans="1:46" customHeight="1" ht="50.25"/>
     <row r="149" spans="1:46" customHeight="1" ht="50.25"/>
     <row r="150" spans="1:46" customHeight="1" ht="50.25"/>
     <row r="151" spans="1:46" customHeight="1" ht="50.25"/>
     <row r="152" spans="1:46" customHeight="1" ht="50.25"/>
     <row r="153" spans="1:46" customHeight="1" ht="50.25"/>
     <row r="154" spans="1:46" customHeight="1" ht="50.25"/>
     <row r="155" spans="1:46" customHeight="1" ht="50.25"/>
     <row r="156" spans="1:46" customHeight="1" ht="50.25"/>
     <row r="157" spans="1:46" customHeight="1" ht="50.25"/>
     <row r="158" spans="1:46" customHeight="1" ht="50.25"/>
     <row r="159" spans="1:46" customHeight="1" ht="50.25"/>
     <row r="160" spans="1:46" customHeight="1" ht="50.25"/>
     <row r="161" spans="1:46" customHeight="1" ht="50.25"/>
     <row r="162" spans="1:46" customHeight="1" ht="50.25"/>
     <row r="163" spans="1:46" customHeight="1" ht="50.25"/>
     <row r="164" spans="1:46" customHeight="1" ht="50.25"/>